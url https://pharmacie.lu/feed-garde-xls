--- v0 (2025-11-09)
+++ v1 (2026-01-08)
@@ -12,314 +12,401 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="customer" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
+  <si>
+    <t>Pharmacie Mergen Rommes</t>
+  </si>
+  <si>
+    <t>1 rue St. Antoine L-9205 DIEKIRCH</t>
+  </si>
+  <si>
+    <t>+352 80 35 85</t>
+  </si>
+  <si>
+    <t>2026-01-08</t>
+  </si>
+  <si>
+    <t>Pharmacie du Parc</t>
+  </si>
+  <si>
+    <t>31 avenue de la Liberté L-4601 DIFFERDANGE</t>
+  </si>
+  <si>
+    <t>+352 58 80 80</t>
+  </si>
+  <si>
+    <t>Pharmacie Trierweiler</t>
+  </si>
+  <si>
+    <t>50 boulevard Kennedy L-4170 ESCH-SUR-ALZETTE</t>
+  </si>
+  <si>
+    <t>+352 54 08 03</t>
+  </si>
+  <si>
+    <t>Pharmacie de Grosbous</t>
+  </si>
+  <si>
+    <t>20 rue d'Arlon L-9155 GROSBOUS</t>
+  </si>
+  <si>
+    <t>+352 26 88 06 41</t>
+  </si>
+  <si>
+    <t>Pharmacie de l'Eléphant</t>
+  </si>
+  <si>
+    <t>4 rue Felten L-1508 HOWALD</t>
+  </si>
+  <si>
+    <t>+352 29 75 95</t>
+  </si>
+  <si>
+    <t>Luerenzweiler Apdikt</t>
+  </si>
+  <si>
+    <t>30, route de Luxembourg L-7372 Lorentzweiler</t>
+  </si>
+  <si>
+    <t>+352 265048</t>
+  </si>
+  <si>
+    <t>Pharmacie du Kirchberg</t>
+  </si>
+  <si>
+    <t>13 rue Edward Steichen L-2540 LUXEMBOURG</t>
+  </si>
+  <si>
+    <t>+352 45 22 04 1</t>
+  </si>
+  <si>
+    <t>Schefflenger Apdikt</t>
+  </si>
+  <si>
+    <t>53 avenue de la Libération L-3850 SCHIFFLANGE</t>
+  </si>
+  <si>
+    <t>+352 54 82 30</t>
+  </si>
+  <si>
+    <t>Pharmacie de Wasserbillig</t>
+  </si>
+  <si>
+    <t>14 route d'Echternach L-6617 WASSERBILLIG</t>
+  </si>
+  <si>
+    <t>74 03 10</t>
+  </si>
+  <si>
+    <t>Pharmacie Kaiser Michèle</t>
+  </si>
+  <si>
+    <t>143 route d'Esch L-4450 BELVAUX</t>
+  </si>
+  <si>
+    <t>+352 26 59 13 54</t>
+  </si>
+  <si>
+    <t>2026-01-09</t>
+  </si>
+  <si>
+    <t>Pharmacie du Trèfle</t>
+  </si>
+  <si>
+    <t>BP 7 L-3201 BETTEMBOURG</t>
+  </si>
+  <si>
+    <t>+352 51 13 05</t>
+  </si>
+  <si>
+    <t>Pharmacie de Capellen</t>
+  </si>
+  <si>
+    <t>17 rue du Kiem L-8328 CAPELLEN</t>
+  </si>
+  <si>
+    <t>+352 30 03 57</t>
+  </si>
+  <si>
+    <t>Pharmacie Gravity</t>
+  </si>
+  <si>
+    <t>40 rue Emile Mark L-4620 DIFFERDANGE</t>
+  </si>
+  <si>
+    <t>+352 58 83 09</t>
+  </si>
+  <si>
+    <t>Pharmacie Thiry</t>
+  </si>
+  <si>
+    <t>121, ROUTE DE LUXEMBOURG L-6562 ECHTERNACH</t>
+  </si>
+  <si>
+    <t>+352 72 03 09 1</t>
+  </si>
+  <si>
+    <t>Pharmacie Petry</t>
+  </si>
+  <si>
+    <t>15, GRAND-RUE L-9050 ETTELBRÜCK</t>
+  </si>
+  <si>
+    <t>+352 81 21 48 -1</t>
+  </si>
+  <si>
+    <t>Pharmacie du Cygne</t>
+  </si>
+  <si>
+    <t>11 avenue de la Porte Neuve L-2227 LUXEMBOURG</t>
+  </si>
+  <si>
+    <t>+352 22 23 14</t>
+  </si>
+  <si>
+    <t>Pharmacie de Clervaux</t>
+  </si>
+  <si>
+    <t>MARBUERGERSTROOSS, 1 L-9764 MARNACH</t>
+  </si>
+  <si>
+    <t>+352 92 10 15</t>
+  </si>
+  <si>
+    <t>Pharmacie de Sandweiler</t>
+  </si>
+  <si>
+    <t>3 rue d'Itzig L-5231 SANDWEILER</t>
+  </si>
+  <si>
+    <t>+352 35 61 11</t>
+  </si>
+  <si>
+    <t>Pharmacie de Contern</t>
+  </si>
+  <si>
+    <t>2, rue des sports L-5322 CONTERN</t>
+  </si>
+  <si>
+    <t>+352 26 35 24 03</t>
+  </si>
+  <si>
+    <t>2026-01-10</t>
+  </si>
+  <si>
+    <t>Pharmacie Isabelle Gillain</t>
+  </si>
+  <si>
+    <t>2, rue du Commerce L-3450 DUDELANGE</t>
+  </si>
+  <si>
+    <t>+352 51 15 40</t>
+  </si>
+  <si>
+    <t>Pharmacie de Lallange</t>
+  </si>
+  <si>
+    <t>156 rue de Luxembourg L-4222 ESCH-SUR-ALZETTE</t>
+  </si>
+  <si>
+    <t>+352 55 24 42 1</t>
+  </si>
+  <si>
+    <t>Pharmacie de Grevenmacher</t>
+  </si>
+  <si>
+    <t>19, ROUTE DE TREVES L-6793 GREVENMACHER</t>
+  </si>
+  <si>
+    <t>+352 75 00 28</t>
+  </si>
+  <si>
+    <t>Pharmacie de Limpertsberg</t>
+  </si>
+  <si>
+    <t>1 avenue Victor Hugo L-1750 LUXEMBOURG</t>
+  </si>
+  <si>
+    <t>+352 22 72 84</t>
+  </si>
+  <si>
+    <t>Pharmacie de Pétange</t>
+  </si>
+  <si>
+    <t>10 avenue de la Gare L-4734 PETANGE</t>
+  </si>
+  <si>
+    <t>+352 50 70 41</t>
+  </si>
+  <si>
+    <t>Pharmacie des 3 Cantons</t>
+  </si>
+  <si>
+    <t>88 route de Longwy L-4994 SCHOUWEILER</t>
+  </si>
+  <si>
+    <t>+352 540 344</t>
+  </si>
+  <si>
+    <t>2026-01-11</t>
+  </si>
+  <si>
+    <t>Pharmacie de Gasperich</t>
+  </si>
+  <si>
+    <t>20 rue de Gasperich L-1617 LUXEMBOURG</t>
+  </si>
+  <si>
+    <t>+352 48 16 11</t>
+  </si>
+  <si>
+    <t>2026-01-12</t>
+  </si>
+  <si>
+    <t>Pharmacie Nordstad</t>
+  </si>
+  <si>
+    <t>8 route d'Ettelbruck L-9160 INGELDORF</t>
+  </si>
+  <si>
+    <t>+352 26 30 23 63</t>
+  </si>
+  <si>
+    <t>Pharmacie des Capucins</t>
+  </si>
+  <si>
+    <t>3 rue des Capucins L-1313 LUXEMBOURG</t>
+  </si>
+  <si>
+    <t>+352 22 30 62</t>
+  </si>
+  <si>
+    <t>Pharmacie Grotenrath</t>
+  </si>
+  <si>
+    <t>25 rue des Tondeurs L-9570 WILTZ</t>
+  </si>
+  <si>
+    <t>+352 95 70 76</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
+  </si>
+  <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>Pharmacie des Terres Rouges</t>
+  </si>
+  <si>
+    <t>15 avenue de la Gare L-4131 ESCH-SUR-ALZETTE</t>
+  </si>
+  <si>
+    <t>+352 56 51 15</t>
+  </si>
+  <si>
+    <t>2026-01-15</t>
+  </si>
   <si>
     <t>Pharmacie du Bridel</t>
   </si>
   <si>
     <t>2 rue de l'Ecole L-8128 BRIDEL</t>
   </si>
   <si>
     <t>+352 33 93 73</t>
   </si>
   <si>
-    <t>2025-11-09</t>
-[...53 lines deleted...]
-    <t>+352 92 10 15</t>
+    <t>2026-01-16</t>
+  </si>
+  <si>
+    <t>Pharmacie de Larochette</t>
+  </si>
+  <si>
+    <t>7 rue de Medernach L-7619 LAROCHETTE</t>
+  </si>
+  <si>
+    <t>+352 83 70 18</t>
+  </si>
+  <si>
+    <t>Pharmacie du Kiem</t>
+  </si>
+  <si>
+    <t>10, Boulevard Pierre Frieden L-1543 Luxembourg</t>
+  </si>
+  <si>
+    <t>+352 262637</t>
   </si>
   <si>
     <t>Pharmacie de Mondercange</t>
   </si>
   <si>
     <t>2 Grand-rue L-3926 MONDERCANGE</t>
   </si>
   <si>
     <t>57 37 76</t>
   </si>
   <si>
-    <t>Pharmacie de Sandweiler</t>
-[...55 lines deleted...]
-  <si>
     <t>Pharmacie des Thermes</t>
   </si>
   <si>
     <t>56a avenue Fr.Clement L-5612 MONDORF-LES-BAINS</t>
   </si>
   <si>
     <t>+352 23 66 88 38</t>
   </si>
   <si>
-    <t>Pharmacie du Soleil</t>
-[...119 lines deleted...]
-    <t>2025-11-16</t>
+    <t>Pharmacie de Kayl</t>
+  </si>
+  <si>
+    <t>31 rue Neuve L-3781 TETANGE</t>
+  </si>
+  <si>
+    <t>+352 26 56 19 19</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -623,51 +710,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D77"/>
+  <dimension ref="A1:D86"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="57.1289" customWidth="true" style="0"/>
     <col min="2" max="2" width="57.1289" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.1289" customWidth="true" style="0"/>
     <col min="4" max="4" width="57.1289" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>0</v>
       </c>
       <c r="B6" t="s">
         <v>1</v>
       </c>
       <c r="C6" t="s">
         <v>2</v>
       </c>
       <c r="D6" t="s">
         <v>3</v>
@@ -891,802 +978,928 @@
         <v>51</v>
       </c>
       <c r="C22" t="s">
         <v>52</v>
       </c>
       <c r="D22" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>53</v>
       </c>
       <c r="B23" t="s">
         <v>54</v>
       </c>
       <c r="C23" t="s">
         <v>55</v>
       </c>
       <c r="D23" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>28</v>
+        <v>56</v>
       </c>
       <c r="B24" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="C24" t="s">
-        <v>30</v>
+        <v>58</v>
       </c>
       <c r="D24" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="B25" t="s">
-        <v>33</v>
+        <v>61</v>
       </c>
       <c r="C25" t="s">
-        <v>34</v>
+        <v>62</v>
       </c>
       <c r="D25" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>10</v>
+        <v>63</v>
       </c>
       <c r="B26" t="s">
-        <v>11</v>
+        <v>64</v>
       </c>
       <c r="C26" t="s">
-        <v>12</v>
+        <v>65</v>
       </c>
       <c r="D26" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="B27" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="C27" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="D27" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="B28" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="C28" t="s">
+        <v>68</v>
+      </c>
+      <c r="D28" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>44</v>
+        <v>69</v>
       </c>
       <c r="B29" t="s">
-        <v>45</v>
+        <v>70</v>
       </c>
       <c r="C29" t="s">
-        <v>46</v>
+        <v>71</v>
       </c>
       <c r="D29" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B30" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C30" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D30" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="B31" t="s">
-        <v>51</v>
+        <v>73</v>
       </c>
       <c r="C31" t="s">
-        <v>52</v>
+        <v>74</v>
       </c>
       <c r="D31" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>53</v>
+        <v>75</v>
       </c>
       <c r="B32" t="s">
-        <v>54</v>
+        <v>76</v>
       </c>
       <c r="C32" t="s">
-        <v>55</v>
+        <v>77</v>
       </c>
       <c r="D32" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>0</v>
+        <v>56</v>
       </c>
       <c r="B33" t="s">
-        <v>1</v>
+        <v>57</v>
       </c>
       <c r="C33" t="s">
-        <v>2</v>
+        <v>58</v>
       </c>
       <c r="D33" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>4</v>
+        <v>60</v>
       </c>
       <c r="B34" t="s">
-        <v>5</v>
+        <v>61</v>
       </c>
       <c r="C34" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D34" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>7</v>
+        <v>63</v>
       </c>
       <c r="B35" t="s">
-        <v>8</v>
+        <v>64</v>
       </c>
       <c r="C35" t="s">
-        <v>9</v>
+        <v>65</v>
       </c>
       <c r="D35" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>61</v>
+        <v>44</v>
       </c>
       <c r="B36" t="s">
-        <v>62</v>
+        <v>45</v>
       </c>
       <c r="C36" t="s">
-        <v>63</v>
+        <v>46</v>
       </c>
       <c r="D36" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>13</v>
+        <v>66</v>
       </c>
       <c r="B37" t="s">
-        <v>14</v>
+        <v>67</v>
       </c>
       <c r="C37" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="D37" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="B38" t="s">
-        <v>65</v>
+        <v>80</v>
       </c>
       <c r="C38" t="s">
-        <v>66</v>
+        <v>81</v>
       </c>
       <c r="D38" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>19</v>
+        <v>50</v>
       </c>
       <c r="B39" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="C39" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="D39" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>22</v>
+        <v>72</v>
       </c>
       <c r="B40" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="C40" t="s">
-        <v>24</v>
+        <v>74</v>
       </c>
       <c r="D40" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>25</v>
+        <v>75</v>
       </c>
       <c r="B41" t="s">
-        <v>26</v>
+        <v>76</v>
       </c>
       <c r="C41" t="s">
-        <v>27</v>
+        <v>77</v>
       </c>
       <c r="D41" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>0</v>
+        <v>28</v>
       </c>
       <c r="B42" t="s">
-        <v>1</v>
+        <v>29</v>
       </c>
       <c r="C42" t="s">
-        <v>2</v>
+        <v>30</v>
       </c>
       <c r="D42" t="s">
-        <v>67</v>
+        <v>82</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>4</v>
+        <v>32</v>
       </c>
       <c r="B43" t="s">
-        <v>5</v>
+        <v>33</v>
       </c>
       <c r="C43" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
       <c r="D43" t="s">
-        <v>67</v>
+        <v>82</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>7</v>
+        <v>35</v>
       </c>
       <c r="B44" t="s">
-        <v>8</v>
+        <v>36</v>
       </c>
       <c r="C44" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="D44" t="s">
-        <v>67</v>
+        <v>82</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B45" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C45" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D45" t="s">
-        <v>67</v>
+        <v>82</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="B46" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="C46" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="D46" t="s">
-        <v>67</v>
+        <v>82</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>16</v>
+        <v>83</v>
       </c>
       <c r="B47" t="s">
-        <v>17</v>
+        <v>84</v>
       </c>
       <c r="C47" t="s">
-        <v>18</v>
+        <v>85</v>
       </c>
       <c r="D47" t="s">
-        <v>67</v>
+        <v>82</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>19</v>
+        <v>86</v>
       </c>
       <c r="B48" t="s">
-        <v>20</v>
+        <v>87</v>
       </c>
       <c r="C48" t="s">
-        <v>21</v>
+        <v>88</v>
       </c>
       <c r="D48" t="s">
-        <v>67</v>
+        <v>82</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="B49" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="C49" t="s">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="D49" t="s">
-        <v>67</v>
+        <v>82</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>25</v>
+        <v>89</v>
       </c>
       <c r="B50" t="s">
-        <v>26</v>
+        <v>90</v>
       </c>
       <c r="C50" t="s">
-        <v>27</v>
+        <v>91</v>
       </c>
       <c r="D50" t="s">
-        <v>67</v>
+        <v>82</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>32</v>
       </c>
       <c r="B51" t="s">
         <v>33</v>
       </c>
       <c r="C51" t="s">
         <v>34</v>
       </c>
       <c r="D51" t="s">
-        <v>68</v>
+        <v>92</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>69</v>
+        <v>35</v>
       </c>
       <c r="B52" t="s">
-        <v>70</v>
+        <v>36</v>
       </c>
       <c r="C52" t="s">
-        <v>71</v>
+        <v>37</v>
       </c>
       <c r="D52" t="s">
-        <v>68</v>
+        <v>92</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="B53" t="s">
-        <v>11</v>
+        <v>39</v>
       </c>
       <c r="C53" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="D53" t="s">
-        <v>68</v>
+        <v>92</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>72</v>
+        <v>41</v>
       </c>
       <c r="B54" t="s">
-        <v>73</v>
+        <v>42</v>
       </c>
       <c r="C54" t="s">
-        <v>74</v>
+        <v>43</v>
       </c>
       <c r="D54" t="s">
-        <v>68</v>
+        <v>92</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>75</v>
+        <v>63</v>
       </c>
       <c r="B55" t="s">
-        <v>76</v>
+        <v>64</v>
       </c>
       <c r="C55" t="s">
-        <v>77</v>
+        <v>65</v>
       </c>
       <c r="D55" t="s">
-        <v>68</v>
+        <v>92</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="B56" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="C56" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="D56" t="s">
-        <v>68</v>
+        <v>92</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>81</v>
+        <v>47</v>
       </c>
       <c r="B57" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>26560371</v>
+        <v>48</v>
+      </c>
+      <c r="C57" t="s">
+        <v>49</v>
       </c>
       <c r="D57" t="s">
-        <v>68</v>
+        <v>92</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>53</v>
       </c>
       <c r="B58" t="s">
         <v>54</v>
       </c>
       <c r="C58" t="s">
         <v>55</v>
       </c>
       <c r="D58" t="s">
-        <v>68</v>
+        <v>92</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="B59" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="C59" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="D59" t="s">
-        <v>68</v>
+        <v>92</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>28</v>
+        <v>56</v>
       </c>
       <c r="B60" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="C60" t="s">
-        <v>30</v>
+        <v>58</v>
       </c>
       <c r="D60" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>33</v>
+        <v>61</v>
       </c>
       <c r="C61" t="s">
-        <v>34</v>
+        <v>62</v>
       </c>
       <c r="D61" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>61</v>
+        <v>94</v>
       </c>
       <c r="B62" t="s">
-        <v>62</v>
+        <v>95</v>
       </c>
       <c r="C62" t="s">
-        <v>63</v>
+        <v>96</v>
       </c>
       <c r="D62" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="B63" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="C63" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="D63" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="B64" t="s">
-        <v>42</v>
+        <v>67</v>
       </c>
       <c r="C64" t="s">
-        <v>43</v>
+        <v>68</v>
       </c>
       <c r="D64" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>44</v>
+        <v>69</v>
       </c>
       <c r="B65" t="s">
-        <v>45</v>
+        <v>70</v>
       </c>
       <c r="C65" t="s">
-        <v>46</v>
+        <v>71</v>
       </c>
       <c r="D65" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B66" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C66" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D66" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="B67" t="s">
-        <v>51</v>
+        <v>73</v>
       </c>
       <c r="C67" t="s">
-        <v>52</v>
+        <v>74</v>
       </c>
       <c r="D67" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>53</v>
+        <v>75</v>
       </c>
       <c r="B68" t="s">
-        <v>54</v>
+        <v>76</v>
       </c>
       <c r="C68" t="s">
-        <v>55</v>
+        <v>77</v>
       </c>
       <c r="D68" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>28</v>
       </c>
       <c r="B69" t="s">
         <v>29</v>
       </c>
       <c r="C69" t="s">
         <v>30</v>
       </c>
       <c r="D69" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
       <c r="B70" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="C70" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="D70" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>60</v>
+      </c>
+      <c r="B71" t="s">
         <v>61</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" t="s">
         <v>62</v>
       </c>
-      <c r="C71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D71" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="B72" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="C72" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="D72" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="B73" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="C73" t="s">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="D73" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="B74" t="s">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="C74" t="s">
-        <v>46</v>
+        <v>81</v>
       </c>
       <c r="D74" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B75" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C75" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D75" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="B76" t="s">
-        <v>51</v>
+        <v>73</v>
       </c>
       <c r="C76" t="s">
-        <v>52</v>
+        <v>74</v>
       </c>
       <c r="D76" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>53</v>
+        <v>75</v>
       </c>
       <c r="B77" t="s">
-        <v>54</v>
+        <v>76</v>
       </c>
       <c r="C77" t="s">
-        <v>55</v>
+        <v>77</v>
       </c>
       <c r="D77" t="s">
-        <v>87</v>
+        <v>97</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4">
+      <c r="A78" t="s">
+        <v>98</v>
+      </c>
+      <c r="B78" t="s">
+        <v>99</v>
+      </c>
+      <c r="C78" t="s">
+        <v>100</v>
+      </c>
+      <c r="D78" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="79" spans="1:4">
+      <c r="A79" t="s">
+        <v>63</v>
+      </c>
+      <c r="B79" t="s">
+        <v>64</v>
+      </c>
+      <c r="C79" t="s">
+        <v>65</v>
+      </c>
+      <c r="D79" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="80" spans="1:4">
+      <c r="A80" t="s">
+        <v>83</v>
+      </c>
+      <c r="B80" t="s">
+        <v>84</v>
+      </c>
+      <c r="C80" t="s">
+        <v>85</v>
+      </c>
+      <c r="D80" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4">
+      <c r="A81" t="s">
+        <v>102</v>
+      </c>
+      <c r="B81" t="s">
+        <v>103</v>
+      </c>
+      <c r="C81" t="s">
+        <v>104</v>
+      </c>
+      <c r="D81" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="82" spans="1:4">
+      <c r="A82" t="s">
+        <v>105</v>
+      </c>
+      <c r="B82" t="s">
+        <v>106</v>
+      </c>
+      <c r="C82" t="s">
+        <v>107</v>
+      </c>
+      <c r="D82" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="83" spans="1:4">
+      <c r="A83" t="s">
+        <v>108</v>
+      </c>
+      <c r="B83" t="s">
+        <v>109</v>
+      </c>
+      <c r="C83" t="s">
+        <v>110</v>
+      </c>
+      <c r="D83" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="84" spans="1:4">
+      <c r="A84" t="s">
+        <v>111</v>
+      </c>
+      <c r="B84" t="s">
+        <v>112</v>
+      </c>
+      <c r="C84" t="s">
+        <v>113</v>
+      </c>
+      <c r="D84" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="85" spans="1:4">
+      <c r="A85" t="s">
+        <v>114</v>
+      </c>
+      <c r="B85" t="s">
+        <v>115</v>
+      </c>
+      <c r="C85" t="s">
+        <v>116</v>
+      </c>
+      <c r="D85" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="86" spans="1:4">
+      <c r="A86" t="s">
+        <v>89</v>
+      </c>
+      <c r="B86" t="s">
+        <v>90</v>
+      </c>
+      <c r="C86" t="s">
+        <v>91</v>
+      </c>
+      <c r="D86" t="s">
+        <v>101</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">