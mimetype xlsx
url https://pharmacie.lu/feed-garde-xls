--- v1 (2026-01-08)
+++ v2 (2026-02-23)
@@ -12,401 +12,317 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="customer" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
-[...130 lines deleted...]
-    <t>+352 72 03 09 1</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+  <si>
+    <t>Hesper Apdikt</t>
+  </si>
+  <si>
+    <t>9, rue Albert Bousser L-5894 ALZINGEN</t>
+  </si>
+  <si>
+    <t>+352 24 83 65 1</t>
+  </si>
+  <si>
+    <t>2026-02-23</t>
+  </si>
+  <si>
+    <t>Pharmacie de Beaufort</t>
+  </si>
+  <si>
+    <t>84 Grand-Rue L-6310 BEAUFORT</t>
+  </si>
+  <si>
+    <t>+352 26 87 66 60</t>
+  </si>
+  <si>
+    <t>Pharmacie Schon</t>
+  </si>
+  <si>
+    <t>92 avenue Gr.-D. Charlotte L-3440 DUDELANGE</t>
+  </si>
+  <si>
+    <t>+352 26 52 10 10</t>
+  </si>
+  <si>
+    <t>Pharmacie Fleur de Vie</t>
+  </si>
+  <si>
+    <t>29, RUE DE MOEDLING L-4246 ESCH-SUR-ALZETTE</t>
+  </si>
+  <si>
+    <t>+352 54 92 88</t>
+  </si>
+  <si>
+    <t>Pharmacie Nordstad</t>
+  </si>
+  <si>
+    <t>8 route d'Ettelbruck L-9160 INGELDORF</t>
+  </si>
+  <si>
+    <t>+352 26 30 23 63</t>
+  </si>
+  <si>
+    <t>Pharmacie Goedert</t>
+  </si>
+  <si>
+    <t>32 Grand-Rue L-1660 LUXEMBOURG</t>
+  </si>
+  <si>
+    <t>+352 22 23 99 1</t>
+  </si>
+  <si>
+    <t>Pharmacie du Centre - Mamer</t>
+  </si>
+  <si>
+    <t>23, rue du Commerce L-8220 MAMER</t>
+  </si>
+  <si>
+    <t>+352 26 17 71 - 1</t>
+  </si>
+  <si>
+    <t>Pharmacie de Rambrouch</t>
+  </si>
+  <si>
+    <t>15A, rue Principale L-8805 RAMBROUCH</t>
+  </si>
+  <si>
+    <t>+352 23 64 01 55</t>
+  </si>
+  <si>
+    <t>Pharmacie de Soleuvre</t>
+  </si>
+  <si>
+    <t>2 rue Emile Mayrisch L-4470 SOLEUVRE</t>
+  </si>
+  <si>
+    <t>+352 26 58 11 - 58</t>
+  </si>
+  <si>
+    <t>2026-02-24</t>
+  </si>
+  <si>
+    <t>Pharmacie du Nord</t>
+  </si>
+  <si>
+    <t>28 rue Victor Hugo L-4140 ESCH-SUR-ALZETTE</t>
+  </si>
+  <si>
+    <t>+352 55 41 09</t>
+  </si>
+  <si>
+    <t>Pharmacie de la Cloche d'Or</t>
+  </si>
+  <si>
+    <t>4-6, rue Charles Darwin L-1433 LUXEMBOURG</t>
+  </si>
+  <si>
+    <t>+352 28 12 66 1</t>
+  </si>
+  <si>
+    <t>Pharmacie de Bertrange</t>
+  </si>
+  <si>
+    <t>10 rue de Luxembourg L-8077 BERTRANGE</t>
+  </si>
+  <si>
+    <t>+352 31 64 46</t>
+  </si>
+  <si>
+    <t>2026-02-25</t>
+  </si>
+  <si>
+    <t>Pharmacie Arboria</t>
+  </si>
+  <si>
+    <t>1, PLACE MARIE-PAULE MOLITOR PEFFER L-4549 DIFFERDANGE</t>
+  </si>
+  <si>
+    <t>+352 24 55 88 61</t>
+  </si>
+  <si>
+    <t>Pharmacie Maitry</t>
+  </si>
+  <si>
+    <t>114 rue de l'Alzette L-4010 ESCH-SUR-ALZETTE</t>
+  </si>
+  <si>
+    <t>+352 54 20 78</t>
   </si>
   <si>
     <t>Pharmacie Petry</t>
   </si>
   <si>
     <t>15, GRAND-RUE L-9050 ETTELBRÜCK</t>
   </si>
   <si>
     <t>+352 81 21 48 -1</t>
   </si>
   <si>
-    <t>Pharmacie du Cygne</t>
-[...206 lines deleted...]
-    <t>+352 26 56 19 19</t>
+    <t>Pharmacie de Frisange</t>
+  </si>
+  <si>
+    <t>2A, route de Luxembourg L-5752 FRISANGE</t>
+  </si>
+  <si>
+    <t>+352 23 66 21 1</t>
+  </si>
+  <si>
+    <t>Stauséiapdikt</t>
+  </si>
+  <si>
+    <t>3 am Clemensbongert L-9158 HEIDERSCHEID</t>
+  </si>
+  <si>
+    <t>+352 27 62 31 1</t>
+  </si>
+  <si>
+    <t>Pharmacie de la Liberté</t>
+  </si>
+  <si>
+    <t>48 avenue de la Liberté L-1930 LUXEMBOURG</t>
+  </si>
+  <si>
+    <t>+352 48 84 08</t>
+  </si>
+  <si>
+    <t>Pharmacie de la Moselle</t>
+  </si>
+  <si>
+    <t>20-24 route de Wasserbillig L-6693 MERTERT</t>
+  </si>
+  <si>
+    <t>+352 26 71 44 83</t>
+  </si>
+  <si>
+    <t>Pharmacie de l'Aéroport</t>
+  </si>
+  <si>
+    <t>1, avenue de l'Aéroport L-1110 Senningerberg</t>
+  </si>
+  <si>
+    <t>Pharmacie de Troisvierges</t>
+  </si>
+  <si>
+    <t>1 rue Milbich L-9905 TROISVIERGES</t>
+  </si>
+  <si>
+    <t>+352 99 80 22</t>
+  </si>
+  <si>
+    <t>2026-02-26</t>
+  </si>
+  <si>
+    <t>Pharmacie Ginkgo</t>
+  </si>
+  <si>
+    <t>3, Val Ste Croix L-1371 LUXEMBOURG</t>
+  </si>
+  <si>
+    <t>+352 22 21 74</t>
+  </si>
+  <si>
+    <t>Pharmacie Um Bechel</t>
+  </si>
+  <si>
+    <t>22 rue de Mondorf L-3260 BETTEMBOURG</t>
+  </si>
+  <si>
+    <t>+352 52 62 57</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>Pharmacie Hamilius</t>
+  </si>
+  <si>
+    <t>23 rue Aldringen L-1118 LUXEMBOURG</t>
+  </si>
+  <si>
+    <t>+352 26 20 17 18</t>
+  </si>
+  <si>
+    <t>Pharmacie Centrale Mersch</t>
+  </si>
+  <si>
+    <t>18, PLACE ST. MICHEL L-7556 MERSCH</t>
+  </si>
+  <si>
+    <t>+352 32 01 66</t>
+  </si>
+  <si>
+    <t>Pharmacie de Niederanven</t>
+  </si>
+  <si>
+    <t>77 rue Laach L-6945 NIEDERANVEN</t>
+  </si>
+  <si>
+    <t>+352 34 87 48</t>
+  </si>
+  <si>
+    <t>Pharmacie de Niederkorn</t>
+  </si>
+  <si>
+    <t>13 rue de l'Ecole L-4551 NIEDERKORN</t>
+  </si>
+  <si>
+    <t>+352 58 91 99</t>
+  </si>
+  <si>
+    <t>Pharmacie de Steinfort</t>
+  </si>
+  <si>
+    <t>24, ROUTE D'ARLON  L-8410  STEINFORT</t>
+  </si>
+  <si>
+    <t>+352 39 00 24</t>
+  </si>
+  <si>
+    <t>2026-02-28</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -710,51 +626,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D86"/>
+  <dimension ref="A1:D61"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="57.1289" customWidth="true" style="0"/>
     <col min="2" max="2" width="57.1289" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.1289" customWidth="true" style="0"/>
     <col min="4" max="4" width="57.1289" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>0</v>
       </c>
       <c r="B6" t="s">
         <v>1</v>
       </c>
       <c r="C6" t="s">
         <v>2</v>
       </c>
       <c r="D6" t="s">
         <v>3</v>
@@ -852,1054 +768,704 @@
         <v>23</v>
       </c>
       <c r="C13" t="s">
         <v>24</v>
       </c>
       <c r="D13" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>25</v>
       </c>
       <c r="B14" t="s">
         <v>26</v>
       </c>
       <c r="C14" t="s">
         <v>27</v>
       </c>
       <c r="D14" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>0</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1</v>
+      </c>
+      <c r="C15" t="s">
+        <v>2</v>
+      </c>
+      <c r="D15" t="s">
         <v>28</v>
-      </c>
-[...7 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>32</v>
+        <v>4</v>
       </c>
       <c r="B16" t="s">
-        <v>33</v>
+        <v>5</v>
       </c>
       <c r="C16" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
       <c r="D16" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>35</v>
+        <v>7</v>
       </c>
       <c r="B17" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="C17" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="D17" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="D18" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="B19" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="C19" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="D19" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="B20" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="D20" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
       <c r="B21" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>21</v>
       </c>
       <c r="D21" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="B22" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="C22" t="s">
-        <v>52</v>
+        <v>24</v>
       </c>
       <c r="D22" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>53</v>
+        <v>25</v>
       </c>
       <c r="B23" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="C23" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="D23" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>56</v>
+        <v>35</v>
       </c>
       <c r="B24" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="C24" t="s">
-        <v>58</v>
+        <v>37</v>
       </c>
       <c r="D24" t="s">
-        <v>59</v>
+        <v>38</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>60</v>
+        <v>39</v>
       </c>
       <c r="B25" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="C25" t="s">
-        <v>62</v>
+        <v>41</v>
       </c>
       <c r="D25" t="s">
-        <v>59</v>
+        <v>38</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
       <c r="B26" t="s">
-        <v>64</v>
+        <v>43</v>
       </c>
       <c r="C26" t="s">
-        <v>65</v>
+        <v>44</v>
       </c>
       <c r="D26" t="s">
-        <v>59</v>
+        <v>38</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B27" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C27" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D27" t="s">
-        <v>59</v>
+        <v>38</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>66</v>
+        <v>48</v>
       </c>
       <c r="B28" t="s">
-        <v>67</v>
+        <v>49</v>
       </c>
       <c r="C28" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="D28" t="s">
-        <v>59</v>
+        <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>69</v>
+        <v>51</v>
       </c>
       <c r="B29" t="s">
-        <v>70</v>
+        <v>52</v>
       </c>
       <c r="C29" t="s">
-        <v>71</v>
+        <v>53</v>
       </c>
       <c r="D29" t="s">
-        <v>59</v>
+        <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="B30" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="C30" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="D30" t="s">
-        <v>59</v>
+        <v>38</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>72</v>
+        <v>57</v>
       </c>
       <c r="B31" t="s">
-        <v>73</v>
+        <v>58</v>
       </c>
       <c r="C31" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="D31" t="s">
-        <v>59</v>
+        <v>38</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>75</v>
+        <v>60</v>
       </c>
       <c r="B32" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>61</v>
+      </c>
+      <c r="C32">
+        <v>267467</v>
       </c>
       <c r="D32" t="s">
-        <v>59</v>
+        <v>38</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="B33" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="C33" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="D33" t="s">
-        <v>78</v>
+        <v>38</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>60</v>
+        <v>35</v>
       </c>
       <c r="B34" t="s">
-        <v>61</v>
+        <v>36</v>
       </c>
       <c r="C34" t="s">
-        <v>62</v>
+        <v>37</v>
       </c>
       <c r="D34" t="s">
-        <v>78</v>
+        <v>65</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="B35" t="s">
-        <v>64</v>
+        <v>40</v>
       </c>
       <c r="C35" t="s">
+        <v>41</v>
+      </c>
+      <c r="D35" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="B36" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="C36" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="D36" t="s">
-        <v>78</v>
+        <v>65</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>66</v>
+        <v>45</v>
       </c>
       <c r="B37" t="s">
-        <v>67</v>
+        <v>46</v>
       </c>
       <c r="C37" t="s">
-        <v>68</v>
+        <v>47</v>
       </c>
       <c r="D37" t="s">
-        <v>78</v>
+        <v>65</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>79</v>
+        <v>48</v>
       </c>
       <c r="B38" t="s">
-        <v>80</v>
+        <v>49</v>
       </c>
       <c r="C38" t="s">
-        <v>81</v>
+        <v>50</v>
       </c>
       <c r="D38" t="s">
-        <v>78</v>
+        <v>65</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B39" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C39" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D39" t="s">
-        <v>78</v>
+        <v>65</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="B40" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="C40" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="D40" t="s">
-        <v>78</v>
+        <v>65</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>75</v>
+        <v>57</v>
       </c>
       <c r="B41" t="s">
-        <v>76</v>
+        <v>58</v>
       </c>
       <c r="C41" t="s">
-        <v>77</v>
+        <v>59</v>
       </c>
       <c r="D41" t="s">
-        <v>78</v>
+        <v>65</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>28</v>
+        <v>60</v>
       </c>
       <c r="B42" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>61</v>
+      </c>
+      <c r="C42">
+        <v>267467</v>
       </c>
       <c r="D42" t="s">
-        <v>82</v>
+        <v>65</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>32</v>
+        <v>62</v>
       </c>
       <c r="B43" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="C43" t="s">
-        <v>34</v>
+        <v>64</v>
       </c>
       <c r="D43" t="s">
-        <v>82</v>
+        <v>65</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>35</v>
+        <v>69</v>
       </c>
       <c r="B44" t="s">
-        <v>36</v>
+        <v>70</v>
       </c>
       <c r="C44" t="s">
-        <v>37</v>
+        <v>71</v>
       </c>
       <c r="D44" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="B45" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="C45" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="D45" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="B46" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="C46" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="D46" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>83</v>
+        <v>73</v>
       </c>
       <c r="B47" t="s">
-        <v>84</v>
+        <v>74</v>
       </c>
       <c r="C47" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="D47" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="B48" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="C48" t="s">
-        <v>88</v>
+        <v>78</v>
       </c>
       <c r="D48" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>53</v>
+        <v>79</v>
       </c>
       <c r="B49" t="s">
-        <v>54</v>
+        <v>80</v>
       </c>
       <c r="C49" t="s">
-        <v>55</v>
+        <v>81</v>
       </c>
       <c r="D49" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="B50" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="C50" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="D50" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="B51" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="C51" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="D51" t="s">
-        <v>92</v>
+        <v>72</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>35</v>
+        <v>85</v>
       </c>
       <c r="B52" t="s">
-        <v>36</v>
+        <v>86</v>
       </c>
       <c r="C52" t="s">
-        <v>37</v>
+        <v>87</v>
       </c>
       <c r="D52" t="s">
-        <v>92</v>
+        <v>72</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>38</v>
+        <v>0</v>
       </c>
       <c r="B53" t="s">
-        <v>39</v>
+        <v>1</v>
       </c>
       <c r="C53" t="s">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="D53" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>41</v>
+        <v>4</v>
       </c>
       <c r="B54" t="s">
-        <v>42</v>
+        <v>5</v>
       </c>
       <c r="C54" t="s">
-        <v>43</v>
+        <v>6</v>
       </c>
       <c r="D54" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>63</v>
+        <v>7</v>
       </c>
       <c r="B55" t="s">
-        <v>64</v>
+        <v>8</v>
       </c>
       <c r="C55" t="s">
-        <v>65</v>
+        <v>9</v>
       </c>
       <c r="D55" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>83</v>
+        <v>42</v>
       </c>
       <c r="B56" t="s">
-        <v>84</v>
+        <v>43</v>
       </c>
       <c r="C56" t="s">
-        <v>85</v>
+        <v>44</v>
       </c>
       <c r="D56" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="B57" t="s">
-        <v>48</v>
+        <v>14</v>
       </c>
       <c r="C57" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="D57" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="B58" t="s">
-        <v>54</v>
+        <v>17</v>
       </c>
       <c r="C58" t="s">
-        <v>55</v>
+        <v>18</v>
       </c>
       <c r="D58" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>89</v>
+        <v>19</v>
       </c>
       <c r="B59" t="s">
-        <v>90</v>
+        <v>20</v>
       </c>
       <c r="C59" t="s">
-        <v>91</v>
+        <v>21</v>
       </c>
       <c r="D59" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="B60" t="s">
-        <v>57</v>
+        <v>23</v>
       </c>
       <c r="C60" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="D60" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="B61" t="s">
-        <v>61</v>
+        <v>26</v>
       </c>
       <c r="C61" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
       <c r="D61" t="s">
-        <v>93</v>
-[...349 lines deleted...]
-        <v>101</v>
+        <v>88</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">